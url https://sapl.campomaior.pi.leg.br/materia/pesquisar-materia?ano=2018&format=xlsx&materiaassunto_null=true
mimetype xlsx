--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">Hamilton Segundo </t>
   </si>
   <si>
-    <t>https://sapl.campomaior.pi.leg.br/media/</t>
+    <t>http://sapl.campomaior.pi.leg.br/media/</t>
   </si>
   <si>
     <t>HAMILTON REIS SANTIAGO DE MATOS SEGUNDO, VEREADOR COM ASSENTO NESTA CASA,NO USO DE SUAS ATRIBUIÇÕES LEGAIS REQUER QUE APÓS OUVIDO PLENÁRIO DESTA AUGUSTA CASA,SEJA ENCAMINHADO OFICIO, COM URGÊNCIA,AO SUPERINTENDENTE DO DNIT, O SENHOR JOSÉ DE RIBAMAR BASTOS , SOLICITANDO A RECUPERAÇÃO DO ASFALTO DA BR 343,NO TRECHO QUE CORTA A ZONA URBANA DE CAMPO MAIOR</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t xml:space="preserve">Fernando Miranda </t>
   </si>
   <si>
     <t>FERNANDO ANDRADE SOUSA,VEREADOR COM ASSENTO NESTA CASA,NO USO DE SUAS  ATRIBUIÇÕES LEGAIS, REQUER QUE APÓS OUVIDO PLENÁRIO DESTA AUGUSTA CASA, SEJA ENCAMINHADO OFICIO AO SR EXMO. SR PREFEITO MUNICIPAL, JOSÉ DE RIBAMAR CARVALHO, SOLICITANDO A RECUPERAÇÃO DA ESTRADA QUE DA ACESSO ,ÁS LOCALIDADES; LAGOA SECA, TATU E CALDEIRÃO, COMO TAMBÉM  , A RECUPERAÇÃO DO PONTILHÃO QUE CRUZA O AÇUDE DO BEBEDOURO, ANTES DO ATERRO SANITÁRIO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
@@ -568,51 +568,51 @@
   <si>
     <t>MARIA SILVIA DE BRITO,VEREADORA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, REQUER QUE APÓS OUVIDO PLENÁRIO DESTA  AUGUSTA CASA,SEJA ENCAMINHADO OFÍCIO AO SR PREFEITO MUNICIPAL, JOSÉ DE RIBAMAR CARVALHO SOLICITANDO RECUPERAÇÃO ASFÁLTICA DA AVENIDA SANTO ANTÔNIO EM AMBOS OS LADOS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
     <t>''REGULAMENTA A CONCESSÃO DE DIÁRIAS,PASSAGENS E  DESPESAS COM DESLOCAMENTO DA CÂMARA  MUNICIPAL DE CAMPO MAIOR,ESTADO DO PIAUI E DA OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.campomaior.pi.leg.br/media/sapl/public/materialegislativa/2018/89/281.pdf</t>
+    <t>http://sapl.campomaior.pi.leg.br/media/sapl/public/materialegislativa/2018/89/281.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PUBLICA A ''ORGANIZAÇÃO  NÃO GOVERNAMENTAL OPORTUNIDADE REAL -ONG OP REAL ''_x000D_
 A MESA DIRETORA DA CÂMARA MUNICIPAL  DE CAMPO MAIOR, ESTADO  DO PIAUI , FAZ SABER QUE POR INDICAÇÃO DA VEREADORA  JULIAN GABRIELLA PINHO  GOMES ARAÚJO , O PLENÁRIO APROVOU E ELA PROMULGA A SEGUINTE RESOLUÇÃO _x000D_
 ART - 1° FICA RECONHECIDA DE UTILIDADE PÚBLICA A ORGANIZAÇÃO NÃO GOVERNAMENTAL  OPORTUNIDADE REAL -ONG  OP REAL ''_x000D_
 ART - 2° O RECONHECIMENTO POR ESTA EGRÉGIA CÂMARA, TRADUZ OS RELEVANTES SERVIÇOS QUE A ORGANIZAÇÃO NÃO  GOVERNAMENTAL  OPORTUNIDADE REAL ._x000D_
 -ONG OP REAL''VEM PRESTANDO A POPULAÇÃO DE NOSSA CIDADE_x000D_
 ART-3° REVOGADAS DAS DISPOSIÇÕES EM CONTRÁRIO A PRESENTE RESOLUÇÃO ENTRA EM VIGOR NA DATA DE SUA PUBLICAÇÃO.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Publica a Associação a ASSOCIAÇÃO'' JUVENTUDE SOLIDARIA''_x000D_
 A MESA DIRETORA DA CÂMARA MUNICIPAL DE CAMPO MAIOR, ESTADO DO PIAUI,FAZ SABER QUE POR INDICAÇÃO DO VEREADOR HAMILTON REIS SANTIAGO DE MATOS SEGUNDO, O PLENÁRIO APROVOU E ELA PROMULGA  A SEGUINTE RESOLUÇÃO_x000D_
 ART 1° FICA RECONHECIDA DE UTILIDADE PÚBLICA  A ASSOCIAÇÃO''JUVENTUDE SOLIDÁRIA''_x000D_
 ART-2° O RECONHECIMENTO  POR ESTA EGRÉGIA CÂMARA, TRADUZ OS RELEVANTES SERVIÇOS  QUE  A ASSOCIAÇÃO''JUVENTUDE SOLIDARIA'' VEM PRESTANDO A POPULAÇÃO DE NOSSA CIDADE._x000D_
 ART-3° REVOGADAS AS DISPOSIÇÕES EM CONTRÁRIO, A PRESENTE RESOLUÇÃO ENTRA EM VIGOR NA DATA DE SUA PUBLICAÇÃO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
@@ -1112,68 +1112,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/sapl/public/materialegislativa/2018/89/281.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/sapl/public/materialegislativa/2018/89/281.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="80" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="79.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>