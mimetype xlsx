--- v0 (2026-02-05)
+++ v1 (2026-03-24)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t xml:space="preserve">Silvia do Caú </t>
   </si>
   <si>
-    <t>https://sapl.campomaior.pi.leg.br/media/</t>
+    <t>http://sapl.campomaior.pi.leg.br/media/</t>
   </si>
   <si>
     <t>MARIA SILVIA DE BRITO,VEREADORA COM ASSENTO NESTA CASA, NO  USO DE SUAS ATRIBUIÇÕES LEGAIS,REQUER POR MEIO DE INDICAÇÃO QUE APÓS OUVIDO PLENÁRIO DESTA AUGUSTA CASA,SEJA ENCAMINHADO OFÍCIO  AO EXMO.SR PREFEITO MUNICIPAL,JOSÉ DE RIBAMAR CARVALHO SOLICITANDO A RECUPERAÇÃO  DAS ESTRADAS CARROÇAIS DA REGIÃO DO SÃO JOAQUIM, BEM COMO A INSTALAÇÃO DE UMA ACADEMIA DE SAÚDE ABERTA.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>FRANCISCO RIBEIRO DE PAIVA FILHO,VEREADOR COM ASSENTO NESTA CASA,NO USO DE SUAS ATRIBUIÇÕES LEGAIS,REQUER QUE APÓS OUVIDO PLENÁRIO DESTA AUGUSTA CASA,SEJA ENCAMINHADO OFICIO AO EXMO. SENHOR PREFEITO MUNICIPAL DE ,JOSÉ DE RIBAMAR  CARVALHO,INDICADO A CONCLUSÃO E A REFORMA DO CALÇAMENTO DA RUA NITERÓI, BAIRRO FRIPISA</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Geraldo Paz</t>
   </si>
   <si>
     <t>GERALDO DAVID BANDEIRA PAZ E MARCOS DANIEL SOARES DE SOUSA,VEREADORES COM ASSENTO NESTA  CASA,NO USO DE SUAS ATRIBUIÇÕES LEGAIS,REQUEREM QUE APÓS OUVIDO O PLENÁRIO DESTA AUGUSTA CASA,SEJA ENCAMINHADO OFICIO AO EXMO. PREFEITO MUNICIPAL SR. JOSÉ DE RIBAMAR CARVALHO,INDICANDO A COBERTURA DA QUADRA DE ESPORTE DO ZABELÃO_x000D_
 COM FUNDAMENTO NA LEI ORGÂNICA MUNICIPAL</t>
@@ -790,68 +790,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campomaior.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="38.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="37.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>